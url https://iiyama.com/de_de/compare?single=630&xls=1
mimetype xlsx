--- v0 (2025-10-28)
+++ v1 (2026-01-03)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @144Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>400 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 170°/160°, rechts/links: 85°/85°, nach oben/unten: 80°/80°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -114,75 +114,75 @@
     <t>543.74  x 302.61mm, 21.4 x 11.9"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.283mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x1 (v.2.0)
 DisplayPort x1 (v.1.2)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v.2.0)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>1920 x 1080 @40-144Hz</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menu/ Auswahl, Herunterscrollen/ Audio, Heraufscrollen/ ECO Modus, Exit, Eingabequelle</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bild (Kontrast, Helligkeit, OD, ACR, ECO, Blauton Reduz., Schwarzwert, Farbsättigung, Gamma), Signal Eingangswahl, Audio Anpassung (Lautstärke, Stumm), Benutzer Einstellungen Speichern, Farbeinstellungen (Farbtemperatur, Benutzerdefinierte Einstellungen), Manuelle Bildanpassung (i-Style Modus, Schärfe und Weich, HDMI RGB Bereich, Direkt-Drive-Modus, Anzeigemodus), Sprache, Menü Einrichting (OSD Position, OSD Einblendzeit, Startlogo, FreeSync), Informationen, Zurücksetzen</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
@@ -225,51 +225,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>22° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB (1.5m), HDMI (1.5m)</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>21.6W typisch, 0.32W Standby, 0.26W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>