--- v0 (2025-10-26)
+++ v1 (2025-12-29)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>2560 x 1440 (3.7 megapixel WQHD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>350 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 170°/160°, rechts/links: 85°/85°, nach oben/unten: 80°/80°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -115,75 +115,75 @@
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.233mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>DVI x1
 HDMI x1
 DisplayPort x1</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>DisplayPort: 2560x1440 @75Hz</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menu, - /Helligkeit, + /ECO, Exit, Input</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Helligkeit, Kontrast, ECO, Blauton Reduzierung, Erw. Kontrast, Overdrive) Farbeinstellungen (Farbtemperatur, Benutzerdefinierte Einstellungen, i-Style Color) OSD (H. Position, V. Positon, OSD Einblendzeit) Sprache, Zurücksetzen, Erweiter Einstellungen (Scharf und Weich, Reduz, Startlogo, FreeSync, Informationen), Signalauswahl, Audioeinstellungen (Lautstärke, Stumm, Audio Eingang)</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
@@ -226,51 +226,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>22° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>33W typisch, 0.46W Standby, 0.28W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>