--- v0 (2025-10-26)
+++ v1 (2025-12-27)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @144Hz (DVI/HDMI/DisplayPort, 2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>300 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">3000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>50M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>3ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -137,54 +137,54 @@
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>VGA x1 (max. 1920 x 1080 @60Hz)
 DVI x1 (max. 1920 x 1080 @144Hz)
 HDMI x1 (max. 1920 x 1080 @144Hz)
 DisplayPort x1 (max. 1920 x 1080 @144Hz)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>DisplayPort @48-144Hz</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>USB Ladegerät</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power/ Menu, Heraufscrollen, Nach unten scrollen/ ECO mode, Links/ Eingabequelle, Rechts/ Audio</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
@@ -215,51 +215,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>12° nach oben; 4° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>41W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>