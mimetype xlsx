--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>3840 x 2160 (8.3 megapixel 4K)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>300 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1 000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>20M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 170°/160°, rechts/links: 85°/85°, nach oben/unten: 80°/80°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>1.07B 10bit (sRGB: 102%, NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -116,72 +116,72 @@
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.16mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>VGA x1
 DVI x1
 HDMI x1
 DisplayPort x1</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x3 (1xv.3.0 &amp; 2xv.2.0)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>DisplayPort: 3840x2160 @60Hz</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>USB 3.0 Ladegerät, PiP, PbP</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menu, Heraufscrollen/ Lautstärke, Nach unten scrollen/ ECO Modus, Eingabequelle/ Auto/ Exit</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
@@ -224,51 +224,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>17° nach oben; 0° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>44W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>