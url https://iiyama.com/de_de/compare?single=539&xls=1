--- v0 (2025-10-26)
+++ v1 (2025-12-27)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @144Hz (DVI-D&amp;DisplayPort,  2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>300 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>12M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 170°/160°, rechts/links: 85°/85°, nach oben/unten: 80°/80°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -130,54 +130,54 @@
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>DVI x1 (max. 1920 x 1080 @144Hz)
 HDMI x1 (max. 1920 x 1080 @120Hz)
 DisplayPort x1 (max. 1920 x 1080 @144Hz)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>DisplayPort @45-144Hz</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, IT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Auswahl/ Eingabequelle, Heraufscrollen/ Audio, Nach unten scrollen/ i-style Modus, Menu</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bild (Kontrast, Helligkeit, OD, ACR, ECO, Schwarzwert, HDMI RGB Bereich, Bildformat, Schärfe, X-Res Technologie), Eingabequelle, Audio Anpassung (Lautstärke, Stumm, Digital Audio), Farbe, Sprache, OSD-Einstellungen (OSD H./V. Position, OSD-Hintergrund, OSD-Auszeit), Menu Einrichtung (Benutzer Einstellungen Speichern, FreeSync, Blauton reduzierung, Start Logo, LED, Informationen, Zurücksetzen)</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
@@ -220,51 +220,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>17° nach oben; %2° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, DVI, Audio, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>35W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>