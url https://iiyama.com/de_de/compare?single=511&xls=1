--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>2560 x 1440 @70Hz (DisplayPort, 3.7 megapixel WQHD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>350 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>1.07B 10bit (8bit + Hi-FRC) (sRGB: 100%, NTSC 77%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -121,75 +121,75 @@
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.233mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>DVI x1 (max. 2560 x 1440 @60Hz)
 HDMI x1 (max. 2560 x 1440 @60Hz)
 DisplayPort x1 (max. 2560 x 1440 @70Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v. 3.2 (Gen 1, 5Gbit; DC5V, 900mA))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>DisplayPort: 2560x1440 @70Hz</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menü/  Auswahl, Heraufscrollen/ Heiligkeit, Herunterscrollen/ ECO, Exit, Eingabe</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Kontrast, Helligkeit, Overdrive, Erw. Kontrast, ECO Mode, Blauton Reduzierung) Signalwahl, Audio Anpassungen (Lautstärke, Stummschaltung, Digital Audio) Farbeinstellungen (Kalt, Normal, Warm, Benutzereinstellung, i-Style Color), Bildeinstellung (Schärfe, Anzeigemodus), Sprache, Menü Einrichtung (OSD Position, OSD Einblendzeit, Startlogo, Auto Pow. Ausschalftfunktion, FreeSync.), Informationen, Zurücksetzen</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
@@ -217,51 +217,51 @@
   <si>
     <t>22° nach oben;  5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>26W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>