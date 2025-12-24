--- v0 (2025-10-28)
+++ v1 (2025-12-24)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @75Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>12M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 170°/160°, rechts/links: 85°/85°, nach oben/unten: 80°/80°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -130,54 +130,54 @@
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>VGA x1
 DVI x1
 HDMI x1</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>HDMI</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, IT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Auswahl/ Eingabequelle, Heraufscrollen/ Audio, Nach unten scrollen/ i-style Modus, Menu</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bild (Kontrast, Helligkeit, OD, ACR, ECO), Eingabequelle, Audio Anpassung (Lautstärke, Stumm, HDMI Audio), Benutzer Einstellungen Speichern, Farbeinstellungen, Manuelle Bildanpassung (i-Style Modus, H./V.Position, Takt, Phase, Schärfe, Schwarzwert, HDMI RGB Bereich, Video Modus Anpassung, Blauton Reduz.), Menü Einstellungen (Sprache, FreeSync, OSD Position, OSD Einblendzeit, OSD Hintergrund, LED, Start logo, Autom. Bild Anpassung), Informationen, Zurücksetzen</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
@@ -202,51 +202,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>20° nach oben; 2° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, HDMI, Audio</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>23W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>