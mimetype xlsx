--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -121,72 +121,72 @@
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.275mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>VGA x1
 HDMI x1
 DisplayPort x1</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v.2.0)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Ein/ Aus-Schalter, Menü/ Auswahl, Heraufscrollen/ Heiligkeit, Nach unter scrollen/ ECO Mode, Exit, Input</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Kontrast, Helligkeit, Overdrive, Erw. Kontrast, Eco Mode, Blauton Reduzierung) Signalwahl, Audio Anpassungen (Lautstärke, Stummschaltung, Digital Audio) Farbinstellungen (Kalt, Normal, Warm, Bunutzereinstellung, i-Style Color) Bildinstellung (Autom. Abgleich, H. Position, V. Position, Takt, Phase, Schärfe, Anzeigemodus) Sprache, Menü Einrichtung (OSD Position, OSD Einbleidzeit, Startlogo, Auto Pow. Ausschaltfunktion) Informationen, Zurücksetzen</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 2W</t>
   </si>
@@ -226,51 +226,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>22° nach oben;  5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>16W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>