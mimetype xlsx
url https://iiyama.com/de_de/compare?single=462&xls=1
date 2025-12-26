--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 (Full HD 1080p,  2.1 megapixel)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">3 000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>12M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -109,51 +109,51 @@
   </si>
   <si>
     <t>Arbeitsfläche H x B</t>
   </si>
   <si>
     <t>527 x 296.5mm, 20.7 x 11.7"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.275mm</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>VGA x1
 DVI x1
 HDMI x1</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x0</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Ein/Aus-Schalter, Menü/ Auswahl, Heraufscrollen/ Lautstärke, Nach unten scrollen/ ECO Mode, Beenden, Auto</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Autom. Anpassung, Leuchtkraft (Helligkeit, Kontrast), Geometrie (H-Position, V-Position, Takt, Phase), Farbe, OSD (H-Position, V-Position, OSD-Auszeit), Sprache, Abruf, Verschiedenes (Schärfe, DDC/CI, Informationen, ACR, Anzeigemodus, OD, Start Logo), Eingabeauswahl, Audio (Lautstärke, Stumm, HDMI Audio)</t>
   </si>
@@ -169,51 +169,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>22° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>26W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>
   <si>
     <t>Vorschriften</t>
   </si>
   <si>
     <t>CE, TÜV-GS, VCCI-B, PSE, RoHS support, ErP, WEEE, CU, REACH</t>
   </si>
   <si>
     <t>Energieeffizienzklasse</t>
   </si>
   <si>
     <t>B</t>
   </si>