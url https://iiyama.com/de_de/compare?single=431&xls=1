--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -62,51 +62,51 @@
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>350 cd/m² mit Touch Panel</t>
   </si>
   <si>
     <t>Lichtdurchlässigkeit</t>
   </si>
   <si>
     <t>88%</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t>4 000:1  mit Touch Panel</t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>0M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>6ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 176°/176°, rechts/links: 88°/88°, nach oben/unten: 88°/88°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>1.07B 10bit</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>