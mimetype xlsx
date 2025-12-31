--- v0 (2025-10-28)
+++ v1 (2025-12-31)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>2560 x 1600 (4.1 megapixel WQS)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:10</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>350 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1 000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>5M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (AdobeRGB: 109%, sRGB: 146%, 104% (NTSC))</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -131,51 +131,51 @@
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>VGA x1
 DVI x1
 HDMI x1
 DisplayPort x1</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, CN, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Lautstärke +, Lautstärke -, Eingabequelle/ Auswahl/ Blauton Reduzierung, Heraufscrollen/ Farbeinstellungen, Nach unten scrollen/ i-Style Colour, Menu</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Helligkeit, Kontrast, ACR, ECO Modus, OD), Eingabequelle, Audio (Lautstärke, Stummschaltung, Audio Eingang), Farbeinstellungen, Informationen, Manuelle Bildanpassung (H./V. Position, Takt, Phase, Schärfe, Video Modus Anpassungen, Blauton Reduzierung), Menu Einstellung (OSD Menu Einstellungen, Sprache, Start Logo, LED, Autom. Bild Anpassung, Zurücksetzen)</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 3W</t>
   </si>
@@ -209,51 +209,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>17° nach oben; 0° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, DVI, Audio, mDP - DP, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>73W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>