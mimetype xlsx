--- v0 (2025-10-03)
+++ v1 (2025-12-24)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 (Full HD 1080p,  2.1 megapixel)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>5M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -109,51 +109,51 @@
   </si>
   <si>
     <t>Arbeitsfläche H x B</t>
   </si>
   <si>
     <t>509.2 x 286.4mm, 20 x 11.3"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.265mm</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>VGA x1
 DVI x1
 HDMI x1</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x0</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, CN, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menu/ Auswahl, + /Lautstärke, - /ECO, Auto/ Exit</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bild (Helligkeit, Kontrast, H-Position, V-Position, Fokus, Takt, Farbtemp., Autom. Anpassung), OSD (H-Position, V-Position, OSD-Auszeit), Anzeige (Anzeigmodus,  i-style Colour, Erw. Kontrast, ECO, Schärfe, Over Drive), Audioeinstellung (Lautstärke, Stumm, Audio Fuente), Verschiedenes (Sprache, Eingabeauswahl, Start Logo, Abruf), Informationen</t>
   </si>
@@ -169,51 +169,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>15° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>32W typisch, 0,5W Standby, 0,5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>