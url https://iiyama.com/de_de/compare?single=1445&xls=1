--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>2560 x 1440 @200Hz (3.7 megapixel WQHD, DisplayPort)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>350 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1200:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>0.5ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>1.07B 10bit (8bit + Hi-FRC)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -129,138 +129,138 @@
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 2560 x 1440 @144Hz)
 DisplayPort x1 (v.1.4, max. 2560 x 1440 @200Hz)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...5 lines deleted...]
-    <t>G-SYNC - 2560 x 1440 @48-200Hz, DisplayPort Only</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
+  </si>
+  <si>
+    <t>G-SYNC - 2560 x 1440 @48-200Hz, nur DisplayPort</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
-    <t>i-Style Colour</t>
+    <t>i-Style Farbe</t>
   </si>
   <si>
     <t>HDR</t>
   </si>
   <si>
-    <t>HDR10 Ready</t>
+    <t>Ja, HDR10-fähig</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, CZ, NL, PL, UA</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
-    <t>ein/aus-schalter, joystick, menü (center), oben / signal eingangswahl, unten / shortcut, links / lautstärke, rechts / lautstärke</t>
+    <t>Ein/Ausschalt-Taste, Joystick, Menü (Mitte), nach oben / Signaleingangswahl, nach unten / Schnellzugriff, links / Lautstärke - , rechts / Lautstärke +</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
-    <t>réglage de l'image (contraste, luminosité, OD, ACR, ECO, Black Tuner, Motion Blur Reducer, gamma), sélection de l'entrée (source d'entrée), réglage audio (volume, muet), enregistrement des réglages utilisateur (modes utilisateur), réglages des couleurs (température de couleur, 6 axes, préréglage utilisateur), réglage de l'image (couleur i-Style, technologie X-Res, netteté et douceur, gamme HDMI, mode d'entraînement direct, réglage du mode vidéo), langue, menu de configuration (position OSD H., position OSD V., délai OSD, rotation OSD, logo d'ouverture, LED, DDC/CI, USB BC), informations sur l'affichage, réinitialisation</t>
+    <t>Bildeinstellungen (Kontrast, Helligkeit, OverDrive, HDR, Adaptive Sync, Nachtmodus, Blaulichtreduzierung, Bewegungsunschärfenreduzierung, Gamma), Signaleingangsauswahl (Eingangsquelle, automatisch/manuell, DP, HDMI1, HDMI2), Audioeinstellungen (Lautstärke, Stummschaltung), Speichern von Benutzereinstellungen (Benutzermodi), Farbeinstellungen (6-Achsen, Farbtemperatur, Benutzervoreinstellung, Schwarzabgleich), Bildeinstellungen (i-Style Farbe, X-Res-Technologie, Schärfe, HDMI-Bereich, Direktantriebsmodus, Videomoduseinstellungen), Sprache, OSD-Einstellungsmenü (OSD-Position horizontal, OSD-Position vertikal, OSD-Zeit, Startlogo, Betriebsanzeigen-LED, DDC/DI-Steuerung), Anzeigeinformationen, Zurücksetzen (alles zurücksetzen)</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 2W</t>
   </si>
   <si>
     <t>Diebstahlschutz</t>
   </si>
   <si>
     <t>Kensington-lock™ vorbereitet, DDC/CI, DDC2B, Mac OSX</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Verstellmöglichkeiten</t>
   </si>
   <si>
     <t>Tilt</t>
   </si>
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>21.5° nach oben; 3.5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz (1.8m), HDMI (1.8m), DP (1.8m)</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>21W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>