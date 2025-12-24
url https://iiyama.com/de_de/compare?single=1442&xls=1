--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -35,72 +35,72 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>G-Master G2471HS-B1</t>
   </si>
   <si>
     <t>DISPLAY EIGENSCHAFTEN</t>
   </si>
   <si>
     <t>Bilddiagonale</t>
   </si>
   <si>
     <t>23.8", 60.5cm</t>
   </si>
   <si>
     <t>Panel-Technologie</t>
   </si>
   <si>
     <t xml:space="preserve">Fast IPS, Haze haze 25% </t>
   </si>
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
-    <t>1920 x 1080 @240Hz (2.1 megapixel full HD, DisplayPort)</t>
+    <t>1920 x 1080 @240Hz (2.1 megapixel Full HD, DisplayPort)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>350 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>0.3ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: horizontal°/vertical horizontal°, rechts/links: 0°/0°, nach oben/unten: 0°/0°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -129,138 +129,138 @@
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 1920 x 1080 @240Hz)
 DisplayPort x1 (v.1.2, max. 1920 x 1080 @240Hz)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>G-SYNC - 1920 x 1080 @48-240Hz, nur DisplayPort</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
-    <t>i-Style Colour</t>
+    <t>i-Style Farbe</t>
   </si>
   <si>
     <t>HDR</t>
   </si>
   <si>
-    <t>Yes, HDR10 Ready</t>
+    <t>Ja, HDR10-fähig</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
-    <t>ein/aus-schalter, joystick, menü (center), oben / signal eingangswahl, unten / shortcut, links / lautstärke, rechts / lautstärke</t>
+    <t>Ein/Ausschalt-Taste, Joystick, Menü (Mitte), nach oben / Signaleingangsauswahl, nach unten / Schnellzugriff, links / Lautstärke - , rechts /Llautstärke +</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
-    <t>bildeinstellung (kontrast, helligkeit, overdrive, HDR, adaptive sync, erw. kontrast, nacht modus, blauton reduz., red. motion blur, gamma), signal eingaugswahi (eingaugsquelle), audio anpassungen (lautstärke, stummschaltung), benutzer einst. speichern (benutzer-modus), farbtemp. (6-achsen, farbtemperatur, benutzer einstellungen, schwarzwert), bildeinstellung (i-Style color, X-Res Technologie, schärfe, HDMI bereich, direkt-drive-modus, video mode anpassungen), sprache, menu einrichtung (OSD h. position, OSD v. position, OSD-einblendzeit, startlogo, Power-LED, DDC/CI-steuerung), informationen, zurücksetzen (alles zurücksetzen)</t>
+    <t>Bildeinstellung (Kontrast, Helligkeit, OverDrive, HDR, Adaptive Sync, Nachtmodus, Blaulichtreduzierung, Bewegungsunschärfenreduzierung, Gamma), Signaleingangsauswahl (Eingangsquelle, automatisch/manuell, DP, HDMI1, HDMI2), Audioeinstellung (Lautstärke, Stummschaltung), Speichern von Benutzereinstellungen (Benutzermodi), Farbeinstellungen (6-Achsen, Farbtemperatur, Benutzervoreinstellung, Schwarzabgleich), Bildeinstellung (i-Style Farbe, X-Res-Technologie, Schärfe, HDMI-Bereich, Direktantriebsmodus, Videomoduseinstellungen), Sprache, OSD-Einstellungsmenü (OSD-Position horizontal, OSD-Position vertikal, OSD-Zeit, Startlogo, Betriebsanzeige, DDC/DI-Steuerung, USB-Aufladung), Anzeigeinformationen, Zurücksetzen (alles zurücksetzen)</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 2W</t>
   </si>
   <si>
     <t>Diebstahlschutz</t>
   </si>
   <si>
     <t>Kensington-lock™ vorbereitet, DDC/CI, DDC2B, Mac OSX</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Verstellmöglichkeiten</t>
   </si>
   <si>
     <t>Tilt</t>
   </si>
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>21° nach oben;  3° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz (1.8m), HDMI (1.8m), DP (1.8m)</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC AC  - AC V, 100/V, 240Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>18W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>