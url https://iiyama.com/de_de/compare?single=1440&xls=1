--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @144Hz</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>350 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1500:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -114,144 +114,144 @@
     <t>597.9 x 336.3mm, 23.5 x 13.2"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.311mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x1 (v.1.4, max 1920 x 1080 @144Hz)
 DisplayPort x1 (v.1.2, max 1920 x 1080 @144Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v.2.0)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>FreeSync - 1920 x 1080 @48-144Hz</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL, UA</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
-    <t>Joystick / Power-Taste: Power / Menü (Center), Oben / Signalauswahl, Unten, Rechts / Lautstärke / Stumm, Links / Helligkeit / Adaptive Sync / Nacht Modus / Reduktion Motion Blur / i-Style Color / ECO</t>
+    <t>Joystick / Ein-/ Ausschalttaste: Ein/Aus / Menü (Mitte), hoch / Signaleingangsauswahl, runter, Rechts / Lautstärke / Stumm, Links / Helligkeit / Adaptive Sync / Nachtmodus / Reduktion der Bewegungsunfschärfe / i-Style Farbe / ECO</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
-    <t>Bildeinstellung (Kontrast, Helligkeit, Overdrive, Adaptive Sync, Erw. Kontrast, Nacht Modus, Reduktion Motion Blur, Gamma), Signalauswahl (Auto/ Manuell, HDMI, DP), Audioeinstellungen (Lautstärke, Stumm), Einstellung speichern (Benutzer-Modus), Farbeinstellungen (6-Achsen, Farbtemperatur, Benutzerdefinierte Einstellungen, i-Style Color, Blauton Reduzierung, Schwarzwert), Bildeinstellung (Schärfe, RGB Bereich, Reduz, X-Res Technologie), Sprache, Menu Einrichtung (H. Position, V. Position, OSD Einblendzeit, OSD Hintergrund, OSD Rotieren, Startlogo, Power-LED, DDC/CI-Steuerung), Informationen, Zurücksetzen (Alles zurücksetzen)</t>
+    <t>Bildeinstellung (Kontrast, Helligkeit, Overdrive, Adaptive Sync, Erw. Kontrast, Nachtmodus, Reduktion der Bewegungsunschärfe, Gamma), Signalauswahl (Auto/ Manuell, HDMI, DP), Audioeinstellungen (Lautstärke, Stumm), Einstellungen speichern (Benutzermodus), Farbeinstellungen (6-Achsen, Farbtemperatur, Benutzerdefinierte Einstellungen, i-Style Farbe, Blaulicht Reduktion, Schwarzwert), Bildeinstellung (Schärfe, RGB Bereich, Reduz, X-Res Technologie), Sprache, Menü Einstellungen (H. Position, V. Position, OSD Einblendzeit, OSD Hintergrund, OSD Rotieren, Startlogo, Betriebs-LED, DDC/CI-Steuerung), Informationen, Zurücksetzen (alles zurücksetzen)</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 2W</t>
   </si>
   <si>
     <t>Diebstahlschutz</t>
   </si>
   <si>
     <t>Kensington-lock™ vorbereitet, DDC/CI, DDC2B, Mac OSX</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Verstellmöglichkeiten</t>
   </si>
   <si>
     <t>Tilt</t>
   </si>
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>22° nach oben;  4° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz (1.5m), USB (1.5m), HDMI (1.5m)</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>16W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>