--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>2560 x 1440 @200Hz (3.7 megapixel WQHD, DisplayPort)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>350 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1200:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>0.5ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>1.07B 10bit (8bit + Hi-FRC)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -114,102 +114,102 @@
     <t>596.7 x 335.7mm, 23.5 x 23.5"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.233mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 2560 x 1440 @144Hz)
 DisplayPort x1 (v.1.4, max. 2560 x 1440 @200Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x4 (x2 v3.2 Gen 1 (5Gbps, 4.5W, Type-A), x2 v3.2 Gen 1 (5Gbps, 5W, Type-C))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...5 lines deleted...]
-    <t>G-SYNC - 2560 x 1440 @48-200Hz, DisplayPort Only</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
+  </si>
+  <si>
+    <t>G-SYNC - 2560 x 1440 @48-200Hz, nur DisplayPort</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
-    <t>i-Style Colour</t>
+    <t>i-Style Farbe</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, CZ, NL, PL, UA</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
-    <t>ein/aus-schalter, joystick, menü (center), oben / signal eingangswahl, unten / shortcut, links / lautstärke, rechts / lautstärke</t>
+    <t>Ein/Ausschalt-Taste, Joystick, Menü (Mitte), nach oben / Signaleingangsauswahl, nach unten / Schnellzugriff, links / Lautstärke - , rechts / Lautstärke +</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
-    <t>Bildanpassung (Kontrast, Helligkeit, OD, ACR, ECO, Black Tuner, Motion Blur Reducer, Gamma), Eingangsauswahl (Eingangsquelle), Audioanpassung (Lautstärke, Stummschaltung), Speichern von Benutzereinstellungen (Benutzermodi), Farbeinstellungen (Farbtemperatur, 6-Achsen, Benutzervoreinstellung), Bildanpassung (i-Style Farbe, X-Res Technologie, Scharf &amp; Weich, HDMI Bereich, Direct Drive Modus, Videomodusanpassung), Sprache, Setup Menü (OSD H. Position, OSD V. Position, OSD Zeit, Logo öffnen, OSD drehen, Adaptive Sync, LED, DDC/CI, USB BC), Display Information, Reset</t>
+    <t>Bildeinstellung (Kontrast, Helligkeit, OverDrive, HDR, Adaptive Sync, Nachtmodus, Blaulichtreduzierung, Bewegungsunschärfenreduzierung, Gamma), Signaleingangsauswahl (Eingangsquelle, automatisch/manuell, DP, HDMI1, HDMI2), Audioeinstellung (Lautstärke, Stummschaltung), Speichern von Benutzereinstellungen (Benutzermodi), Farbeinstellungen (6-Achsen, Farbtemperatur, Benutzervoreinstellung, Schwarzabgleich), Bildeinstellung (i-Style Farbe, X-Res-Technologie, Schärfe, HDMI-Bereich, Direktantriebsmodus, Videomoduseinstellungen), Sprache, OSD-Einstellungsmenü (OSD-Position horizontal, OSD-Position vertikal, OSD-Zeit, Startlogo, Betriebsanzeigen-LED, DDC/DI-Steuerung, USB-Aufladung), Anzeigeinformationen, Zurücksetzen (alles zurücksetzen)</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 2W</t>
   </si>
   <si>
     <t>Diebstahlschutz</t>
   </si>
   <si>
     <t>Kensington-lock™ vorbereitet, DDC/CI, DDC2B, Mac OSX</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Verstellmöglichkeiten</t>
   </si>
   <si>
     <t>Höhe, Swivel, Tilt, Pivot (Rotation auf beiden Seiten)</t>
   </si>
   <si>
     <t>Höhenverstellbar</t>
   </si>
@@ -234,51 +234,51 @@
   <si>
     <t>23° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz (1.8m), USB (1.8m), HDMI (1.8m), DP (1.8m)</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>21W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>