--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -252,51 +252,51 @@
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Glas Härtegrad</t>
   </si>
   <si>
     <t>3H</t>
   </si>
   <si>
     <t>ALLGEMEIN</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Ein- &amp; Ausschalter, Lautstärke/Schalter +,  Lautstärke/Schalter -</t>
   </si>
   <si>
     <t>Applications</t>
   </si>
   <si>
     <t>Anwendungen: Sperranwendung, Neustartzeit verwalten, Ein-/Ausschaltzeit verwalten, Taschenrechner, Kalender, Chrome, Wecker/Uhr/Timer/Stoppuhr, Dateien und Ordner verwalten, Alben organisieren, Gmail, Google, iiSignage², Audiodateien abspielen, Play Store, Systemeinstellungen, Tonaufnahme, Videos abspielen</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Ausrichtung</t>
   </si>
   <si>
     <t>Querformat, Hochformat, Face-up</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t xml:space="preserve">MTBF (durchschnittliche Betriebsdauer zwischen zwei Ausfällen) </t>
   </si>
   <si>
     <t>50000 Stunden</t>
   </si>