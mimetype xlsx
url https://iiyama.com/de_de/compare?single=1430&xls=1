--- v0 (2025-10-03)
+++ v1 (2025-12-24)
@@ -217,51 +217,51 @@
   <si>
     <t>ALLGEMEIN</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Ein/Aus, Menü,+,-, Exit</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Luminanz (Kontrast, Helligkeit, i-Style Colour, Kontrast, Eco), Bildeinstellungen (Seitenverhältnis), Farbeinstellungen (Gamma, 6-Achsen, Farbtemperatur), OSD (OSD horizontale Position, OSD vertikale Position, OSD-Zeit, Sprache), Extra (zurücksetzen, DDC/CI, Signalauswahl, OverDrive, Startlogo, Informationen)</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>Plug &amp; Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Ausrichtung</t>
   </si>
   <si>
     <t>Querformat, Face-up</t>
   </si>
   <si>
     <t>Höhenverstellbar</t>
   </si>
   <si>
     <t>111mm</t>
   </si>
   <si>
     <t>Neigungswinkel</t>
   </si>