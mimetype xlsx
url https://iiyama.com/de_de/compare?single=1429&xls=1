--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>5M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>3ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -126,96 +126,96 @@
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>Mini HDMI (Type-C) x1 (v.1.4)
 USB-C x2 (v.3.1, PD 15W)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL, UA</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 1W</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Verstellmöglichkeiten</t>
   </si>
   <si>
     <t>Tilt</t>
   </si>
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>60° nach oben; 45° nach unten</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
-    <t>Netz (1.0m), USB-C (1.5m)</t>
+    <t>USB-C (1.5m)</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>8W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>