--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -217,51 +217,51 @@
   <si>
     <t>ALLGEMEIN</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Joystick / Ein-/Ausschalttaste – Ein/Aus / Menü, hoch / Eingangsauswahl, runter, Links/Eco/i-Style-Colour / Blaulichtreduktion, Rechts / Lautstärke</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Helligkeit, Kontrast, Eco, erweiterter Kontrast, Overdrive, X-Res-Technologie, Black Tuner), Farbeinstellungen (6-Achsen, i-Style-Colour, Blaulichtreduzierung, Gamma, RGB-Bereich), Farbtemperatur), OSD (horizontale Position, vertikale Position, Drehen, Zeit, Hintergrund, DDC/CI-Steuerung, Anzeigeinformationen), Sprache, Sonstiges (Schärfe, Videomodus anpassen, Logo öffnen, Strom-LED, USB-Aufladung), Eingangsauswahl, Audioeinstellungen (Lautstärke, Audio stummschalten), Abruf</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>Plug &amp; Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Ausrichtung</t>
   </si>
   <si>
     <t>Querformat, Face-up</t>
   </si>
   <si>
     <t>Höhenverstellbar</t>
   </si>
   <si>
     <t>112mm</t>
   </si>
   <si>
     <t>Neigungswinkel</t>
   </si>