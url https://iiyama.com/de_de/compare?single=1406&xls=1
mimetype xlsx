--- v0 (2025-10-26)
+++ v1 (2025-12-27)
@@ -277,51 +277,51 @@
   <si>
     <t>200 x 200mm</t>
   </si>
   <si>
     <t>Mini-PC-Halterung</t>
   </si>
   <si>
     <t>VESA 75 x 75, VESA 100 x 100</t>
   </si>
   <si>
     <t>Betriebstemperaturbereich</t>
   </si>
   <si>
     <t>0°C - 40°C</t>
   </si>
   <si>
     <t>Temperaturbereich bei Lagerung</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t xml:space="preserve">MTBF (durchschnittliche Betriebsdauer zwischen zwei Ausfällen) </t>
   </si>
   <si>
-    <t>44.000 Stunden (ohne Hintergrundbeleuchtung)</t>
+    <t>50.000 Stunden (ohne Hintergrundbeleuchtung)</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz (1.8m), HDMI (1.8m), RS-232c (1.8m)</t>
   </si>
   <si>
     <t>Anleitungen</t>
   </si>
   <si>
     <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
     <t>Aufkleber zum abdecken der Schrauböffnungen, Kabelklemmen</t>
   </si>
   <si>
     <t>Fernbedienung</t>
   </si>