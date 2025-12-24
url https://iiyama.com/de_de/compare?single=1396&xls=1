--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -163,192 +163,192 @@
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Unterstützte Betriebssysteme</t>
   </si>
   <si>
     <t>Alle iiyama Monitore sind Plug &amp; Play kompatibel mit Windows und Linux. Details zum unterstützten Betriebssystem für die Touch-Modelle finden Sie im Produkthandbuch im Downloadbereich.</t>
   </si>
   <si>
     <t>Handballenerkennung</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Digitaler Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x1 (3.2 (Gen 1, 5Gbit), 3840x2160 @60Hz (RGB444), DP 1.2 Alt-Modus, Touch, 1x vorne: 100W PD , 1x hinten: 15W PD)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode, PD 100W, Data, Touch)</t>
   </si>
   <si>
     <t>Audio Eingang</t>
   </si>
   <si>
     <t>Mini Jack x1 (Microphone)</t>
   </si>
   <si>
     <t>Monitorsteuerungseingang</t>
   </si>
   <si>
     <t>RS-232c x1 (DSUB 9pin)</t>
   </si>
   <si>
     <t>Digitaler Video Ausgang</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444)
-USB-C x1 (3.2, Gen 1, 5Gbit), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
   </si>
   <si>
     <t>Audio Ausgang</t>
   </si>
   <si>
     <t>S/PDIF (Optical) x1
 Mini Jack x1 (Headphone)
 Lautsprecher 2 x 20W (Front + 20W Subwoofer)</t>
   </si>
   <si>
     <t>Monitorsteuerung Ausgang</t>
   </si>
   <si>
     <t>OPS Slot x1 (Intel OPS 80pin)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>USB-Ports</t>
   </si>
   <si>
-    <t>x5</t>
+    <t>x4 (Medienwiedergabe / Peripheriegeräte / Speicher - Vorderseite: 2x v.3.2 (Gen 1, 5Gbit), 1x USB-C v.3.2 (Gen 1, 5Gbit, 100W PD), Rückseite: 2x v.3.2 (Gen 1, 5Gbit), 1x USB-C v.3.2 (Gen 1, 5Gbit, 15W PD))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (Auto switch fur PC &amp; Android, 1000MB)</t>
   </si>
   <si>
     <t>Mikrofon</t>
   </si>
   <si>
     <t>8-Array (8m voice-pickup)</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Integrierte Software</t>
   </si>
   <si>
     <t>iiWare 21E (Android 14 OS) mit Google EDLA, iiControl (DMS), integrierter Whiteboard Software, iiBrowser, Dateimanager, Cloud-Laufwerken, iiShare &amp; EShare für die drahtlose Verbindung mit Windows/iOS/Android-Geräten</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>ja (WiFi-6, Bluetooth 5.0)</t>
   </si>
   <si>
     <t>Hardware</t>
   </si>
   <si>
     <t>CPU: RK3576 Octa-core A72*4 + A53*4, GPU: Mali G52 MC3, RAM: 16GB, ROM: 128GB</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
-    <t>Sensoren: Umgebungslichtsensor, NFC-Leser, PIR-Bewegungssensor, Stiftaufnahmesensor; Steckplatz für optionalen OPS-PC, Micro-SD-Kartensteckplatz, 4x Touch-Stift (antibakterielle Beschichtung)</t>
+    <t>Sensoren: Umgebungslichtsensor, NFC-Leser, PIR-Bewegungssensor, Stiftaufnahmesensor; Steckplatz für optionalen OPS-PC, Micro-SD-Kartensteckplatz, 4x Touch-Stift</t>
   </si>
   <si>
     <t>PiP</t>
   </si>
   <si>
     <t>Max. Betriebszeit</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Media Playback</t>
   </si>
   <si>
     <t>Glasstärke</t>
   </si>
   <si>
     <t>3.2mm</t>
   </si>
   <si>
     <t>Glas Härtegrad</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>Gehäuseart (Frontrahmen)</t>
   </si>
   <si>
     <t>Metal</t>
   </si>
   <si>
     <t>OSD-Tastensperre</t>
   </si>
   <si>
     <t>ALLGEMEIN</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, CAT, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
-    <t>Ein/ Aus</t>
+    <t>Ein/ Aus (3–5 Sekunden lang drücken und halten), Startseite (Verknüpfung auf dem Bildschirm): Kurz die Einschalttaste drücken</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Personalisierung (Thema, Hintergrundbild, Autoschleife), Display (Hintergrundbeleuchtung, Bildmodus, Helligkeit, Kontrast, Sättigung, Farbton, Schärfe, Farbtemp, Augenschutzmodus, Energiesparen, HDMI-Reichweite), Ton (Lautstärke direkt, maximale Lautstärke, Equalizer, Balance, Tonmodus, Bässe, Höhen), Allgemein (Radialmenü, Seitenmenüleiste, Gesteninteraktion, Bildschirmaufzeichnung, freie Anmerkungen), Gerät (Mikrofon, Kamera (extern), NFC, CEC, Umgebungslichtsensor, Stiftaufnahmesensor, PIR-Bewegungssensor), Eingabeeinstellungen (Erkennung verlorener Quellen, automatischer Quellenwechsel, automatisches Aufwachen, OPS-Boot mit System, Quelle einschalten, Eingangseinstellung umbenennen), System (Energiestatus, Build-Version), Verwaltung (Menüsperre, Systemsicherheit, Besprechungsmodus, Bildschirmfreigabe, HDMI-Modus, Wake On Lan), Anwendungen (Netzwerk &amp; Internet, verbundene Geräte, Apps, Benachrichtigungen, Speicher, Sound &amp; Vibration, Display, Hintergrundbild, Erreichbarkeit, Sicherheit &amp; Datenschutz, Standort, Sicherheit &amp; Notfall, Passwörter &amp; Konten, digitales Wohlbefinden &amp; elterliche Kontrolle, Google, System, über das Gerät)</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>Plug &amp; Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>Garantie</t>
   </si>
   <si>
     <t>5 Jahre (Einzelheiten und Geltungsbereich finden Sie im Abschnitt "Garantie" auf unserer Website)</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Ausrichtung</t>
   </si>
   <si>
     <t>Querformat</t>
   </si>
   <si>
     <t>Lüfterloses Design</t>
   </si>
@@ -367,99 +367,99 @@
   <si>
     <t>Temperaturbereich bei Lagerung</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t xml:space="preserve">MTBF (durchschnittliche Betriebsdauer zwischen zwei Ausfällen) </t>
   </si>
   <si>
     <t>50.000 Stunden (ohne Hintergrundbeleuchtung)</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Touch-Stift</t>
   </si>
   <si>
-    <t>x4 (Doppelfunktionsspitzen, antibakterielle Beschichtung)</t>
+    <t>x4 (Doppelfunktionsspitzen)</t>
   </si>
   <si>
     <t>Anleitungen</t>
   </si>
   <si>
     <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
     <t>Wandhalterung (VESA 800x600), Webcam-Montagehalterung, Kabelbinder (6 Stück)</t>
   </si>
   <si>
     <t>Fernbedienung</t>
   </si>
   <si>
     <t>ja (Batterien enthalten)</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>300W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>
   <si>
     <t>Vorschriften</t>
   </si>
   <si>
-    <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
+    <t>CB, CE, TÜV-GS, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
   </si>
   <si>
     <t>Energieeffizienzklasse (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>EPEAT</t>
   </si>
   <si>
     <t>EPEAT ist eine umfassende Umweltbewertung, die dabei hilft, umweltfreundlichere Computer und andere elektronische Geräte zu identifizieren. Die Bronze-Zertifizierung bedeutet, dass der Monitor alle erforderlichen Kriterien erfüllt. 
 EPEAT Bronze ist in Ländern gültig, in denen iiyama das Produkt registriert hat. Bitte besuchen Sie www.epeat.net für den Registrierungsstatus in Ihrem Land.</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>über 0.1% Blei enthalten</t>
   </si>
   <si>
     <t>ABMESSUNGEN / GEWICHT</t>
   </si>
   <si>
     <t>Produktabmessungen B x H x T</t>