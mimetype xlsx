--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -65,51 +65,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>3440 x 1440 @180Hz (4.9 megapixel UWQHD, DisplayPort)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>21:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>500 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">4000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>0.4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -123,75 +123,75 @@
     <t>797.22 x 333.72mm, 31.4 x 13.1"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.232mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0b, 3440x1440 @100Hz)
 DisplayPort x1 (v.1.4, 3440﻿ x ᠎1440﻿@ 180Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x4 (2x Type A v.3.2 Gen 1 (5Gbps, 4.5W) 2x Type C (5Gbps, 7.5W))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>FreeSync Premium - HDMI: 2560 x 1440 @48-120Hz, DP: 3440 x 1440 @48-180Hz, VRR / ALLM</t>
   </si>
   <si>
     <t>HDR</t>
   </si>
   <si>
     <t>HDR400</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Betriebsanzeige, Joystick: Ein/Aus / Menü (Mitte), hoch/ Signalauswahl, runter, Links / i-Style Colour/ Nachtmodus / Blaulichtreduzierung, Rechts / Lautstärke</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
@@ -231,51 +231,51 @@
   <si>
     <t>23° nach oben;  5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz (1.85m), USB (1.5m), HDMI (1.85m), DP (1.85m)</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>60W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>