--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>2560 x 1440 @240Hz (3.7 megapixel QHD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>400 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (sRGB: 96%, NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -114,75 +114,75 @@
     <t>698.1 x 392.7mm, 27.5 x 15.5"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.273mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v. 2.1 max. 2560 x 1440 @240Hz)
 DisplayPort x1 (v. 1.4 max. 2560 x 1440 @240Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x4 ((2x Type A v.3.2 Gen 1 (5Gbps, 4.5W), 2x Type C (5Gbps, 7.5W))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>FreeSync Premium - HDMI: 2560 x 1440 @48-240Hz, DP: 2560 x 1440 @48-240Hz</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>i-Style Colour</t>
   </si>
   <si>
     <t>HDR</t>
   </si>
   <si>
     <t>Ja, HDR-fähig</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
@@ -222,51 +222,51 @@
   <si>
     <t>23° nach oben;  5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>USB (1.5m), HDMI (1.5m), DP (1.8m)</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>40W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>