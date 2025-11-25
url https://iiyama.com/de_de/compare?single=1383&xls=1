--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -143,51 +143,51 @@
   <si>
     <t>Touch</t>
   </si>
   <si>
     <t>Touchscreen Technologie</t>
   </si>
   <si>
     <t>DeepContrast-PCAP</t>
   </si>
   <si>
     <t>Berührungspunkte</t>
   </si>
   <si>
     <t>20 (HID, nur wenn das Betriebssystem das unterstützt)</t>
   </si>
   <si>
     <t>Touch-Genauigkeit</t>
   </si>
   <si>
     <t>+- 2.5mm</t>
   </si>
   <si>
     <t>Touch-Methode</t>
   </si>
   <si>
-    <t>Stift, Finger, Handschuh</t>
+    <t>Stift, Finger</t>
   </si>
   <si>
     <t>Touch-Oberfläche</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Unterstützte Betriebssysteme</t>
   </si>
   <si>
     <t>Alle iiyama Monitore sind Plug &amp; Play kompatibel mit Windows und Linux. Details zum unterstützten Betriebssystem für die Touch-Modelle finden Sie im Produkthandbuch im Downloadbereich.</t>
   </si>
   <si>
     <t>Handballenerkennung</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Digitaler Video Eingang</t>
   </si>
@@ -261,51 +261,51 @@
   <si>
     <t>Max. Betriebszeit</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti-Bildspeicherung</t>
   </si>
   <si>
     <t>Glasstärke</t>
   </si>
   <si>
     <t>3.7mm</t>
   </si>
   <si>
     <t>Glas Härtegrad</t>
   </si>
   <si>
     <t>8H</t>
   </si>
   <si>
     <t>Gehäuseart (Frontrahmen)</t>
   </si>
   <si>
-    <t>Metal</t>
+    <t>Metall (Vorderseite)</t>
   </si>
   <si>
     <t>OSD-Tastensperre</t>
   </si>
   <si>
     <t>Fernbedienungssperre</t>
   </si>
   <si>
     <t>ALLGEMEIN</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Ein-/Ausschalttaste (langes Drücken für das Schnellmenü (Quelle, Lautstärke +, Lautstärke -, Helligkeit +, Helligkeit -, Touch entsperren)</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>