--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -77,69 +77,69 @@
   <si>
     <t>500 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Arbeitsfläche H x B</t>
   </si>
   <si>
     <t>2158.8 x 1214.4mm, 85 x 47.8"</t>
   </si>
   <si>
     <t>Rahmenbreite (Seiten, oben, unten)</t>
   </si>
   <si>
-    <t>21.5mm, 21.8mm, 21.8mm</t>
+    <t>20mm, 20mm, 20mm</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.487mm</t>
   </si>
   <si>
     <t>Gehäusefarbe/art</t>
   </si>
   <si>
     <t>schwarz, matt</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Digitaler Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Monitorsteuerungseingang</t>