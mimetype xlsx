--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -95,51 +95,51 @@
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Arbeitsfläche H x B</t>
   </si>
   <si>
     <t>1209.6 x 680.4mm, 47.6 x 26.8"</t>
   </si>
   <si>
     <t>Rahmenbreite (Seiten, oben, unten)</t>
   </si>
   <si>
-    <t>14.5mm, 14.3mm, 14.3mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.315mm</t>
   </si>
   <si>
     <t>Gehäusefarbe/art</t>
   </si>
   <si>
     <t>schwarz, matt</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Digitaler Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Monitorsteuerungseingang</t>
@@ -199,51 +199,51 @@
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>Inklusive Wandmontage-Kit (VESA 400x400mm)</t>
   </si>
   <si>
     <t>Max. Betriebszeit</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti-Bildspeicherung</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Media Playback</t>
   </si>
   <si>
     <t>Gehäuseart (Frontrahmen)</t>
   </si>
   <si>
-    <t>Metal</t>
+    <t>Kunststoff</t>
   </si>
   <si>
     <t>ALLGEMEIN</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Betriebsanzeige, Ein-/Ausschalttaste, Fernbedienungssensor</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Netzwerk (Status, Wifi, Ethernet, Hotspot), Bild (Helligkeit, Kontrast, Schärfe, Schwarzwert, Farbton, Farbe, Rauschunterdrückung, Gammaauswahl, Farbtemp, Farbsteuerung, Bild zurücksetzen), Audio (Balance, Höhen, Bass, Lautstärke, Audioausgang, max. Lautstärke, Stummschaltung, Audioausgangssynchronisation, Lautsprechereinstellung, Audio-Reset), OSD-Einstellung (OSD-Timeout, OSD-H-Position, OSD-V-Position, OSD-Transparenz, Informations-OSD), Allgemein (Logo und Animation, Hintergrundbild, Bild ohne Signal, Zeitplan, Ausschalttimer), Bildschirm (Zoom-Modus, benutzerdefinierter Zoom, Systemrotation, Bildschirm-Reset), Gerät (Einschaltstatus, RS232-Routing, IR-Steuerung, Energiesparen, Panel-Sparen, Monitorinfo, Sonstiges), Kanal (Boot auf Quelle, Eingangskanal umbenennen, automatische Quellenumschaltung, Signalverlusterkennung, HDMI-Version), System (Sprache, Systemaktualisierung, Einstellungsrücksetzung, Werksrücksetzung, Android-Einstellung), Admin (Menüsperre, Besprechungsraum, HDMI-CEC, Bildschirmfreigabe, Miracast-Standby, Protokollexport)</t>
   </si>
   <si>
     <t>Plug &amp; Play</t>
   </si>