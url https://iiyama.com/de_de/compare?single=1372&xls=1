--- v0 (2025-10-03)
+++ v1 (2025-12-06)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @75Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>300 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>5M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>