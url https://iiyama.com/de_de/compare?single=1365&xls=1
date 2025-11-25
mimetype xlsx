--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1280 x 1024 @75Hz (1.3 megapixel)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>5:4</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>12M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>3ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 170°/160°, rechts/links: 85°/85°, nach oben/unten: 80°/80°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -207,51 +207,51 @@
   <si>
     <t>23° nach oben;  5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, HDMI</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>12W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>