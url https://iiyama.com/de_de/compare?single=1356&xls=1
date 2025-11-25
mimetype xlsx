--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,66 +41,66 @@
   <si>
     <t>DISPLAY EIGENSCHAFTEN</t>
   </si>
   <si>
     <t>Design</t>
   </si>
   <si>
     <t>Edge-to-Edge-Glas</t>
   </si>
   <si>
     <t>Bilddiagonale</t>
   </si>
   <si>
     <t>27", 68.6cm</t>
   </si>
   <si>
     <t>Panel-Technologie</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
-    <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>400 cd/m²</t>
   </si>
   <si>
-    <t>344 cd/m² mit Touch Panel</t>
+    <t>345 cd/m² mit Touch Panel</t>
   </si>
   <si>
     <t>Lichtdurchlässigkeit</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
@@ -232,51 +232,51 @@
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Drücken/Enter, rechts/Lautstärke, links/Eco/Ausgang, oben/Signalauswahl, unten, Power</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Helligkeit, Kontrast, i-Style Color, Kontrast, ECO, OverDrive, X-Res-Technologie), Farbeinstellungen (Gamma, RGB-Bereich, Farbtemperatur), Bildeinstellungen (Videomodus, Blaulichtreduzierung, Scharf und Weich), OSD (horizontale Position, vertikale Position, OSD-Zeit, OSD-Hintergrund, Sprache, Display-Informationen), Extras (zurücksetzen, DDC/CI, Signalauswahl, Lautstärke, Stummschaltung, LED, Startlogo, Touch-Schalter)</t>
   </si>
   <si>
     <t>Diebstahlschutz</t>
   </si>
   <si>
     <t>Kensington-lock™ vorbereitet</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>Plug &amp; Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>90° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t xml:space="preserve">MTBF (durchschnittliche Betriebsdauer zwischen zwei Ausfällen) </t>
   </si>