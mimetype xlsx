--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,51 +41,51 @@
   <si>
     <t>DISPLAY EIGENSCHAFTEN</t>
   </si>
   <si>
     <t>Design</t>
   </si>
   <si>
     <t>Edge-to-Edge-Glas</t>
   </si>
   <si>
     <t>Bilddiagonale</t>
   </si>
   <si>
     <t>21.5", 54.5cm</t>
   </si>
   <si>
     <t>Panel-Technologie</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
-    <t>1920 x 1080 (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>215 cd/m² mit Touch Panel</t>
   </si>
   <si>
     <t>Lichtdurchlässigkeit</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>