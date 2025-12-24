--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -65,51 +65,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>3440 x 1440 @120Hz (4.9 megapixel UWQHD, DisplayPort &amp; USB-C)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>21:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>350 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">3000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>0.4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: horizontal°/vertical 178°, rechts/links: 0°/0°, nach oben/unten: 0°/0°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit (sRGB: 99%; NTSC: 72%, DCI-P3 &gt;90%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -124,90 +124,90 @@
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.232mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (1x v.2.0 and 1x v. 1.4, 3440x1440 @100Hz, 2560x1440 @120Hz)
 DisplayPort x1 (v.1.4, 3440﻿ x ᠎1440﻿@ 120Hz)
 USB-C x1 (3440﻿ x ᠎1440﻿@ 120Hz, PD 95W)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x4 (2x Type A v.3.2 Gen 1 (5Gbps, 4.5W) 2x Type C (5Gbps, 7.5W))</t>
   </si>
   <si>
     <t>USB-C DOCK</t>
   </si>
   <si>
     <t>x1 (Power delivery 95W, LAN, USB v.3.2 (Gen 1, 5Gbit))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x1</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
-    <t>KVM switch</t>
+    <t>KVM-Switch</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>FreeSync Premium HDMI: 2560 x 1440 @48-100Hz, DP / USB-C: 3440 x 1440 @48-120Hz</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>Integrierte 5 MP Webcam mit Autofokus, Mikrofon und Sichtschutzklappe, kompatibel mit Windows Hello</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Joystick: Ein/Aus/Menü (Mitte), Vorne /Signalauswahl, Hinten, Links/i-Style Colour/ECO/Blaulichtreduzierer, Rechts/Lautstärke</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
@@ -253,72 +253,72 @@
   <si>
     <t>23° nach oben;  5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP, USB-C</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC AC  - 100V, 240/V, 50Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
-    <t>55W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
+    <t>32W default, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>
   <si>
     <t>Vorschriften</t>
   </si>
   <si>
     <t>TCO Certified, CE, TÜV-GS, EAC, PSE, RoHS support, ErP, WEEE, VCCI, REACH, UKCA</t>
   </si>
   <si>
     <t>Energieeffizienzklasse (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>EPEAT Silver</t>
   </si>
   <si>
     <t>*die Anmeldung ist von Land zu Land unterschiedlich, Einzelheiten finden Sie unter www.epeat.net</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>