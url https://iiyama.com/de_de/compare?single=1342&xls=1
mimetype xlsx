--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>300 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1300:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (sRGB: 96%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -135,54 +135,54 @@
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x1 (v.1.4)
 DisplayPort x1 (v.1.2)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>i-style Colour</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Ein/Aus, Menü, Einstellung / Lautstärke, Einstellung/ i-Style Colour, Signalauswahl/ Beenden</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellungen (Helligkeit, Kontrast, Eco, ACR, OD, MBR, AdaptiveSync), Farbeinstellungen (i-Style-Colour, Blaulichtreduzierung, Farbtemperatur, benutzerdefinierte Voreinstellungen), OSD (H.-Position, V.-Position, OSD-Rotation, OSD-Zeit), Sprache, Abruf, Verschiedenes (Scharf und Weich, Videomodus-Einstellung, Startlogo, RGB-Bereich, LED, Anzeigeinformationen), Eingangssignalauswahl (Quelle), Audioeinstellungen (Lautstärke, Stummschaltung)</t>
   </si>
@@ -231,51 +231,51 @@
   <si>
     <t>23° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, HDMI</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>22W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>