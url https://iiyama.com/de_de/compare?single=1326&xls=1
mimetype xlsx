--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -263,51 +263,51 @@
   <si>
     <t>Glas Härtegrad</t>
   </si>
   <si>
     <t>6H</t>
   </si>
   <si>
     <t>OSD-Tastensperre</t>
   </si>
   <si>
     <t>ALLGEMEIN</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Ein/Aus, Home, Helligkeit +, Helligkeit -, Lautstärke +, Lautstärke -</t>
   </si>
   <si>
     <t>Applications</t>
   </si>
   <si>
     <t>Anwendungen sperren, Neustartzeit verwalten, Ein- und Ausschalten verwalten, Taschenrechner, Kalender, Chrome, Wecker/ Uhr/ Timer/ Stoppuhr, Dateien und Ordner verwalten, Alben organisieren, Gmail, Audiodateien abspielen, Play Store, Suchmaschine, Systemeinstellungen, Tonaufnahmegerät, Videodateien abspielen</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Ausrichtung</t>
   </si>
   <si>
     <t>Querformat, Hochformat, Face-up</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>75 x 75mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Anleitungen</t>
   </si>