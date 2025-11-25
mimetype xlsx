--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>300 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1300:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/ 178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -120,75 +120,75 @@
     <t>527 x 296.5mm, 20.7 x 11.7"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.275mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, weiß</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x1 (v.1.4)
 DisplayPort x1 (v.1.2)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v. 2.0)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>i-Style colour</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Ein/Aus, Menü, Hoch/Rchts/Lautstärke, Runter/Links/Untermenü, Signalauswahl/Beenden</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Helligkeit, Kontrast, Eco, ACR, OD, MBR, Adaptive Sync), Farbeinstellungen (i-Style Farbe, Blaulichtreduzierung, Farbtemperatur, Benutzervoreinstellung), OSD (OSD H.-Position, OSD V.-Position, OSD Drehen, OSD Zeit), Sprache, Wiederaufruf, Verschiedenes (Scharf und Weich, Videomodus einstellen, Öffnungslogo, RGB-Bereich, LED, Display-Informationen), Eingangsauswahl, Audioeinstellungen (Lautstärke, Stummschaltung)</t>
   </si>
@@ -237,51 +237,51 @@
   <si>
     <t>23° nach oben;  5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>19W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>