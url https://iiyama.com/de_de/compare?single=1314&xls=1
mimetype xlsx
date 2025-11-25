--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>300 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: horizontal°/vertical 178°, rechts/links: 0°/0°, nach oben/unten: 0°/0°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -126,87 +126,87 @@
     <t>0.311mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, weiß</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x1 (v.1.4)
 USB-C x1 (Energieabgame 65W)</t>
   </si>
   <si>
     <t>Video Ausgang</t>
   </si>
   <si>
     <t>DisplayPort  x1 (Daisy Chain MST max. ᠎1920x1880﻿)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x4 (3x  v.3.2 Gen 1 (5Gbps, 4.5W) 1x Type C (5Gbps, 7.5W))</t>
   </si>
   <si>
     <t>USB-C DOCK</t>
   </si>
   <si>
     <t>x1 (Energieabgame 65W, LAN, DP out, USB v.3.2 (Gen 1, 5Gbit))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x1</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>i-Style colour</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Ein/ Aus, Menü, Einstellung / Lautstärke, Einstellung / Kontextmenü, Signalauswahl/ Beenden</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Helligkeit, Kontrast, Eco, ACR, OD, MBR, AdaptiveSync), Farbeinstellungen (i-Style Color, Blaulichtreduktion, Farbtemperatur, benutzerdefinierte Voreinstellungen), OSD (OSD H.-Position, OSD V.-Position, OSD-Drehen, OSD-Zeit), Sprache, Wiederaufruf, Sonstiges 1 (Scharf und Weich, Videomodus-Einstellung, Startlogo, RGB-Bereich), Sonstiges 2 (USB BC, MST, USB, LED, Anzeigeinformationen, MAC-Adresse), Signaleingangsauswahl, Audio-Einstellungen (Lautstärke, Stummschaltung)</t>
   </si>
@@ -255,51 +255,51 @@
   <si>
     <t>23° nach oben;   5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, HDMI, USB-C</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 50 - 60V, 100/240Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>22W default, 0.5W Standby, 03W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>