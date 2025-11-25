--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>3840 x 2160 @60Hz (8.3 megapixel 4K UHD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>350 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1300:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>1.07B (8bit+FRC) (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -127,87 +127,87 @@
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x1 (v.2.0)
 DisplayPort x1 (v.1.2)
 USB-C x1 (PD 96W)</t>
   </si>
   <si>
     <t>Video Ausgang</t>
   </si>
   <si>
     <t>DisplayPort  x1</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x4 (3x  v.3.2 Gen 1 (5Gbps, 4.5W) 1x Type C (5Gbps, 15W))</t>
   </si>
   <si>
     <t>USB-C DOCK</t>
   </si>
   <si>
     <t>x1 (Power delivery 96W, LAN, DP out, USB v.3.2 (Gen 1, 5Gbit))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x1</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
-    <t>KVM switch</t>
+    <t>KVM-Switch</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>i-Style colour</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Helligkeit, Kontrast, Eco, ACR, OD, X-Res Technology, DPS), Farbeinstellungen (6-Achsen, i-Style Farbe, Blaulichtreduzierung, Gamma, RGB-Bereich, Farbtemp, Benutzer-Voreinstellung), PiP/PbP (Subquelle, PiP-Position, PiP-Größe, Swap), OSD (OSD-H-Position, OSD-V-Position, OSD-Drehung, OSD-Zeit, OSD-Hintergrund, DDC/CI, Display-Informationen), Sprache, Recall, Sonstiges (Scharf und Weich, Videomodus-Einstellung, Öffnungslogo, LED, USB BC, MST, USB C, MAC-Adresse), KVM, Eingangsauswahl (Quelle), Audioeinstellungen (Lautstärke, Stummschaltung, Eingang)</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 2W</t>
   </si>
@@ -250,51 +250,51 @@
   <si>
     <t>23° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP, USB-C</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>33W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>