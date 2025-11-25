--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>3440 x 1440 @180Hz (4.9 megapixel UWQHD, DisplayPort)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>21:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>500 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">4000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>0.3ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -120,75 +120,75 @@
     <t>797.22 x 333.72mm, 31.4 x 13.1"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.232mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3440 x 1440 @100Hz)
 DisplayPort x2 (v.1.4, max. 3440 x 1440 @180Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x4 (v.3.2 (Gen 1, 5Gbit; DC5V, 900mA))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>FreeSync Premium - HDMI: 3440 x 1440 @48-100Hz, DP: 3440 x 1440 @48-180Hz</t>
   </si>
   <si>
     <t>HDR</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Joystick-Steuerung: Menü (Mitte), Auf, Ab, Links (i-Style Farbe), Rechts (Nachtmodus) &amp; Tasten: Eingabe, Lautstärke+, Lautstärke-, Strom</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Kontrast, Helligkeit, OD, ACR, Blaulichtreduzierung, Black Turner, MBR, Gamma), Eingangsauswahl (Eingangsquelle), Audioeinstellung (Lautstärke, Stummschaltung), Speichern von Benutzereinstellungen (Benutzermodi), Farbeinstellungen (Farbtemperatur, 6-Achsen, Benutzervoreinstellung), Bildeinstellung (i-Style Colour, X-Res-Technologie, Scharf und Weich, HDMI-Reichweite, Direct-Drive-Modus, Videomodus einstellen), Sprache, Setup-Menü (OSD horizontale Position, OSD vertikale Position, OSD-Zeit, Öffnungslogo, HDR, FreeSync Premium, LED, DDC/CI, USB BC), Display-Informationen, Zurücksetzen</t>
   </si>
@@ -222,51 +222,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>23° nach oben;  5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz (1.8m), USB (1.8m), HDMI (1.8m), DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>54W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>