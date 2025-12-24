--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>2560 x 1440 @100Hz (3.7 megapixel QHD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1300:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -120,75 +120,75 @@
     <t>596.7 x 335.7mm, 23.5 x 13.2"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.233mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x1 (v.2.0)
 DisplayPort x1 (v.1.2)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v.3.2 Gen 1 (5Gbps, 4.5W))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>i-Style colour</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Eingabe / Beenden / - / + / Menü / Strom</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 2W</t>
   </si>
@@ -231,51 +231,51 @@
   <si>
     <t>23° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>22W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>