--- v0 (2025-10-26)
+++ v1 (2026-01-02)
@@ -68,51 +68,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>5120 x 1440 @165Hz (7.4 megapixel DQHD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>32:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>450 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">3000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>0.8ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit (sRGB: 100%, NTSC: 80%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -127,90 +127,90 @@
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.212mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v. 2.1)
 DisplayPort x1 (v. 1.4)
 USB-C x1 (Power delivery 90W)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x3 (v.3.2 (Gen 1, 5Gbit; DC5V, 900mA))</t>
   </si>
   <si>
     <t>USB-C DOCK</t>
   </si>
   <si>
     <t>x1 (Power delivery 90W, LAN, USB v. 3.2 (Gen 1, 5Gbit))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x1</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
-    <t>KVM switch</t>
+    <t>KVM-Switch</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>i-Style Colour</t>
   </si>
   <si>
     <t>HDR</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Navigationstaste: Menü/Ausführung, Nach unten (i-Style Farbe), Nach oben (Eingangswahl), Rechts (Lautstärke), Links (Nachtmodus), Ein/Aus</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
@@ -250,51 +250,51 @@
   <si>
     <t>20° nach oben;  3° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm, 200 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>37W default, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>