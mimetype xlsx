--- v0 (2025-10-27)
+++ v1 (2026-01-03)
@@ -261,51 +261,51 @@
   <si>
     <t>Glas Härtegrad</t>
   </si>
   <si>
     <t>3H</t>
   </si>
   <si>
     <t>OSD-Tastensperre</t>
   </si>
   <si>
     <t>ALLGEMEIN</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Lautstärke +, Lautstärke -, Netzschalter</t>
   </si>
   <si>
     <t>Applications</t>
   </si>
   <si>
     <t>Apps sperren, Neustartzeit verwalten, Ein- und Ausschalten verwalten, Taschenrechner, Kalender, Chrome, Wecker, Timer, Stoppuhr, Magage-Dateien, Alben anlegen, Gmail, Audiodateien abspielen, Play Store, Suchmaschine, Systemeinstellungen, Soundrekorder, Videos abspielen</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Ausrichtung</t>
   </si>
   <si>
     <t>Querformat, Hochformat, Face-up</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t xml:space="preserve">MTBF (durchschnittliche Betriebsdauer zwischen zwei Ausfällen) </t>
   </si>
   <si>
     <t>50000 Stunden (ohne Hintergrundbeleuchtung)</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>