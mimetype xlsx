--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1200 (2.3 megapixel WUXGA)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:10</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>300 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>5M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -121,75 +121,75 @@
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.279x0.282mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>VGA x1 (max. 1920 x 1200 @60Hz)
 HDMI x1 (max. 1920 x 1200 @60Hz)
 DisplayPort x1 (max. 1920 x 1200 @75Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v.2.0)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>DisplayPort @48-75Hz</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Auto/Signal, -/ ECO, +/ Lautstärke, Menü, Power</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Luminanz (Kontrast, Helligkeit, i-Style Farbe, ACR, ECO), Bildeinstellungen (Pixeltakt, Phase, H.-Position, V.-Position, Seitenverhältnis), Farbeinstellungen (Gamma, 6-Achsen, Farbtemp.), OSD (H.-Position, V.-Position, OSD-Zeit, Sprache), Extras (Reset, DDC/CI, Signalauswahl, OD, Audioquelle, Öffnungslogo, FreeSync, Informationen)</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
@@ -235,51 +235,51 @@
   <si>
     <t>23° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>28W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>