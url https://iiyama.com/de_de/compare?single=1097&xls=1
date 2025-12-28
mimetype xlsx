--- v0 (2025-10-26)
+++ v1 (2025-12-28)
@@ -229,51 +229,51 @@
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Menü, hochscrollen / Eco, runterscrollen / Lautstärke, Auswahl / Input, Power</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellungen (Helligkeit, Kontrast, i-Style Color, Kontrast, ECO, OverDrive, X-Rs-Technologie), Farbeinstellungen (Gamma, RGB-Bereich, Farbtemperatur), Bildeinstellungen (Videomodus-Einstellung, Blaulichtreduzierung, Scharf und Weich), OSD (horizontale Position, vertikale Position, OSD-Zeit, OSD-Hintergrund, Sprache, Display-Informationen), Extras (Reset, DDC/CI, Signalauswahl, Lautstärke, Stummschaltung, Öffnungslogo, LED, Touch-Schalter)</t>
   </si>
   <si>
     <t>Diebstahlschutz</t>
   </si>
   <si>
     <t>Kensington-lock™ vorbereitet</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>Plug &amp; Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>90° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t xml:space="preserve">MTBF (durchschnittliche Betriebsdauer zwischen zwei Ausfällen) </t>
   </si>