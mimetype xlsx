--- v0 (2025-10-28)
+++ v1 (2025-12-27)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>3840 x 2160 @60Hz (8.3 megapixel 4K UHD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>350 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: horizontal°/vertical 178°, rechts/links: 0°/0°, nach oben/unten: 0°/0°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>1.07B 10bit (8bit + Hi-FRC) (sRGB: 99%; NTSC: 93%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -121,111 +121,111 @@
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.182mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x1 (3840 x  2160 @60Hz)
 DisplayPort x1 (3840 x  2160 @60Hz)
 USB-C x1 (Energieabgame 65W)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v. 3.2 (Gen 1, 5Gbit; DC5V, 900mA))</t>
   </si>
   <si>
     <t>USB-C DOCK</t>
   </si>
   <si>
     <t>x1 (Energieabgabe 65W, LAN, USB v. 3.2 (Gen 1, 5Gbit))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x1</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
-    <t>KVM switch</t>
+    <t>KVM-Switch</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>KVM-Switch, USB-C Dock, i-Style Colour</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menü, rechts/Lautstärke, links/ECO, Signalauswahl/Exit</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
-    <t>picture (brightness, contrast, black tuner, sharpness, OD, ACR, ECO, X-res technology), colour (warm, normal, cool, user colour, i-Style colour, blue light reducer), input select, audio (volume, mute), language, OSD settings (OSD H. position, OSD V. position, OSD background, OSD time out, information), setup menu (video mode adjust, HDMI RGB range, KVM, USB-C, USB BC, opening logo, LED, memory recall)</t>
+    <t>Bild (Helligkeit, Kontrast, Schwarzabgleich, Schärfe, OD, ACR, ECO, X-Res-Technologie), Farbe (warm, normal, kühl, Benutzerfarbe, i-Style-Farbe, Blaulichtreduzierung), Signaleingangsauswahl, Audio (Lautstärke, Stummschaltung), Sprache, OSD-Einstellungen (OSD-Position horizontal, OSD-Position vertikal, OSD-Hintergrund, OSD-Zeitlimit, Informationen), Setup-Menü (Videomodus anpassen, HDMI-RGB-Bereich, KVM, USB-C, USB BC, Startlogo, LED, Speicherabruf)</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
   <si>
     <t>2 x 3W</t>
   </si>
   <si>
     <t>Diebstahlschutz</t>
   </si>
   <si>
     <t>Kensington-lock™ vorbereitet, DDC2B</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Verstellmöglichkeiten</t>
   </si>
   <si>
     <t>Höhe, Swivel, Tilt</t>
   </si>
   <si>
     <t>Höhenverstellbar</t>
   </si>
@@ -244,51 +244,51 @@
   <si>
     <t>23° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP, USB-C</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>33W typisch, 0.5W Standby, 0.5W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>