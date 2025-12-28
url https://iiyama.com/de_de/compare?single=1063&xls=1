--- v0 (2025-10-28)
+++ v1 (2025-12-28)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @165Hz (2.1 megapixel Full HD, DisplayPort)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1100:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>0.8ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -114,75 +114,75 @@
     <t>527 x 296.5mm, 20.7 x 11.7"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.275mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x1 (v.1.4, max. 1920 x 1080 @144Hz)
 DisplayPort x1 (v.1.2, max. 1920 x 1080 @165Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v.2.0 DC5V, 500mA)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>FreeSync Premium - HDMI: 1920 x 1080 @48-144Hz, DP: 1920 x 1080 @48-165Hz</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Eingabequelle/ Exit, +/ Volumen, -/ i-style Colour, Menu, Power</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bild (Kontrast, Helligkeit, OD, ACR, ECO, Blauton Reduz., Schwarzwert, MBR, Gamma), Eingabequelle, Audio Anpassung (Lautstärke, Stumm), Benutzer Einstellungen Speichern, Farbeinstellungen (Farbtemperatur, 6-Achsen, Benutzer Einstellungen), Bildanpassung (i-Style Colour, X-Res Technologie, Scharf und Weich, HDMI Bereich, Direkt Drive Modus, Video Mode Anpassung), Sprache, Menü Einrichtung (OSD H. Position, OSD V. Position, OSD Einblendzeit, Startlogo, AMD FreeSync Premium, LED), Informationen, Zurücksetzen</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
@@ -222,51 +222,51 @@
   <si>
     <t>23° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>20W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>