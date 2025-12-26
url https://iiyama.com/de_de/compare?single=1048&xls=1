--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -56,51 +56,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>2560 x 1440 @75Hz (3.7 megapixel WQHD, DisplayPort)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>350 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>1ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 170°/160°, rechts/links: 85°/85°, nach oben/unten: 80°/80°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln (sRGB: 99%; NTSC: 72%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -115,75 +115,75 @@
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.233mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>DVI x1 (max. 2560 x 1440 @60Hz)
 HDMI x1 (v.1.4, max. 2560 x 1440 @70Hz)
 DisplayPort x1 (v.1.2, max. 2560 x 1440 @75Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x2 (v.3.2 (Gen 1, 5Gbit; DC5V, 900mA))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>DisplayPort: @48-75Hz</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menu/ Auswahl, Heraufscrollen/ Helligkeit, Nach unten scrollen/ ECO, Exit, Eingabequelle</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildinstellung (Kontrast, Helligkeit, Overdrive, Erw. Kontrast, ECO Mode, Blauton Reduziering, Schwarzwert, Farbsättigung, Gamma) Signal Eingangswahl, Audio Anpassungen (Lautstärke, Stummschaltung, Audio Eingang) Benutzer Einst. Speichern, Farbeinstellungen (Kalt, Normal, Warm, Benutzereinstellung) Bildeinstellung (i-Style Color, Scharf und Weich, HDMI RGB Bereich, Anzeigemodus) Sprache, Menü Einrichting (OSD Position, OSD Einblendzeit, Startlogo, FreeSync), Informationen zur Anzeige, Zurücksetzen</t>
   </si>
   <si>
     <t>Lautsprecher</t>
   </si>
@@ -229,51 +229,51 @@
   <si>
     <t>23° nach oben; 5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>30W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>