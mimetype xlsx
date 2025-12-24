--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>3840 x 2160 @60Hz (8.2 megapixel 4K UHD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>300 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>3ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>1.07B (8bit+FRC) (sRGB: 100%; NTSC: 85%)</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -120,72 +120,72 @@
     <t>620.93 x 341.28mm, 24.4 x 13.4"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.16mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x1
 DisplayPort x1</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x4 (v.3.2 x2 (Gen 1, 5Gbit; DC5V, 900mA) &amp; v.2.0 x2 (DC5V, 500mA))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>Extras</t>
   </si>
   <si>
     <t>i-Style colour</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menü, hoch scrollen/ Lautstärke, runter scrollen/ ECO, Exit / i-Stle colour, Eingang</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Bildeinstellung (Helligkeit, Kontrast, ECO, Blauton Reduzierung, erw. Kontrast, OD, Gamma, X-Res Technologie), Farbeinstellungen (Farbtemp., beuntzerdefinierte Eistell., Farbton, Farbsättigung, i-Style Color), OSD (H. Pos., V-Pos., OSD-Rotation, OSD Einblendzeit, bei Stromausfall), Sprache, Zurücksetzen, erw. Einstellungen (scharf und weich, Anzeigemodus, Startlogo, DDC/CI, RGB Bereich, Informationen, Signalauswahl (Eingangsquelle), Audioeinstellungen (Lautstärke, Stumm)</t>
   </si>
@@ -234,51 +234,51 @@
   <si>
     <t>23° nach oben;  5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>Kabelmanagement</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>39.5W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>