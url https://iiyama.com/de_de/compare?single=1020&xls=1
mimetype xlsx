--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>50M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (GTG)</t>
   </si>
   <si>
     <t>4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: horizontal°/vertical 178°, rechts/links: 0°/0°, nach oben/unten: 0°/0°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -214,51 +214,51 @@
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Power, Menü, +, -, Exit</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>Leuchtkraft (Kontrast, Helligkeit, i-Style Color, erw. Kontrast, Öko), Bildschirmeinrichtung (Seitenverhältniss), Farbtemp. (Gamma, 6-Achsen, Farbtemp.), OSD (OSD H. Position, OSD V. Position, OSD Einblendzeit, Sprache), Extra (zurücksetzen, DDC/CI, OverDrive, Startlogo, Information)</t>
   </si>
   <si>
     <t>Diebstahlschutz</t>
   </si>
   <si>
     <t>Kensington-lock™ vorbereitet</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
+    <t>Flicker-Free LED</t>
   </si>
   <si>
     <t>Plug &amp; Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>MECHANISCH</t>
   </si>
   <si>
     <t>Ausrichtung</t>
   </si>
   <si>
     <t>Querformat</t>
   </si>
   <si>
     <t>Höhenverstellbar</t>
   </si>
   <si>
     <t>343mm</t>
   </si>
   <si>
     <t>Neigungswinkel</t>
   </si>