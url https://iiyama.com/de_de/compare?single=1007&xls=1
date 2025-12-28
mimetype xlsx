--- v0 (2025-10-28)
+++ v1 (2025-12-28)
@@ -62,51 +62,51 @@
   <si>
     <t>Physikalische Auflösung</t>
   </si>
   <si>
     <t>3440 x 1440 @165Hz (4.9 megapixel UWQHD, DisplayPort)</t>
   </si>
   <si>
     <t>Bildformat</t>
   </si>
   <si>
     <t>21:9</t>
   </si>
   <si>
     <t>Helligkeit</t>
   </si>
   <si>
     <t>550 cd/m²</t>
   </si>
   <si>
     <t>Kontrastverhältnis</t>
   </si>
   <si>
     <t xml:space="preserve">3000:1 </t>
   </si>
   <si>
-    <t>Erweitertes Kontrast Verhältnis</t>
+    <t>Erweitertes Kontrastverhältnis</t>
   </si>
   <si>
     <t>80M:1</t>
   </si>
   <si>
     <t>Reaktionszeit (MPRT)</t>
   </si>
   <si>
     <t>0.4ms</t>
   </si>
   <si>
     <t>Blickwinkel</t>
   </si>
   <si>
     <t>horizontal/vertikal: 178°/178°, rechts/links: 89°/89°, nach oben/unten: 89°/89°</t>
   </si>
   <si>
     <t>Farbunterstützung</t>
   </si>
   <si>
     <t>16.7mln 8bit</t>
   </si>
   <si>
     <t>Horizontalfrequenz</t>
   </si>
@@ -120,75 +120,75 @@
     <t>797.22 x 333.72mm, 31.4 x 13.1"</t>
   </si>
   <si>
     <t>Pixelabstand</t>
   </si>
   <si>
     <t>0.232mm</t>
   </si>
   <si>
     <t>Farbe</t>
   </si>
   <si>
     <t>matt, schwarz</t>
   </si>
   <si>
     <t>SCHNITTSTELLEN &amp; ANSCHLÜSSE</t>
   </si>
   <si>
     <t>Video Eingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3440 x 1440 @100Hz)
 DisplayPort x2 (v.1.4, max. 3440 x 1440 @165Hz)</t>
   </si>
   <si>
-    <t>USB HUB</t>
+    <t>USB-HUB</t>
   </si>
   <si>
     <t>x4 (v.3.2 (Gen 1, 5Gbit; DC5V, 900mA))</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>Kopfhöreranschluss</t>
   </si>
   <si>
     <t>FEATURES</t>
   </si>
   <si>
     <t>Blaulicht Reduktion</t>
   </si>
   <si>
-    <t>Flicker Free LED</t>
-[...2 lines deleted...]
-    <t>Adaptive Sync -Unterstützung</t>
+    <t>Flicker-Free LED</t>
+  </si>
+  <si>
+    <t>Adaptive Sync-Unterstützung</t>
   </si>
   <si>
     <t>FreeSync Premium - HDMI: 3440 x 1440 @48-100Hz, DP: 3440 x 1440 @48-165Hz</t>
   </si>
   <si>
     <t>HDR</t>
   </si>
   <si>
     <t>OSD Menü Sprachen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, PT, RU, JP, CZ, NL, PL</t>
   </si>
   <si>
     <t>Bedientasten</t>
   </si>
   <si>
     <t>Joystick-Steuerung: Drücken (Menü/Power), Nach oben (Eingangswahl), Nach unten (Beenden), Links (Eco-Modus), Rechts (Lautstärke)</t>
   </si>
   <si>
     <t>Einstellbare Parameter</t>
   </si>
   <si>
     <t>picture adjust (contrast, brightness, OD, ACR, ECO, blue light reducer, black tuner, MBR, gamma), input select, audio adjust (volume, mute), store user settings, colour settings (colour temp., 6-Axis, user preset), image adjust (i-Style Colour, X-Res Technology, sharp and soft, HDMI RGB range, direct drive mode, video mode adjust), language, setup menu (OSD H. position, OSD V. position, OSD time, opening logo, HDR, FreeSync Premium, LED, DDC/CI, USB standby mode), display information, reset</t>
   </si>
@@ -222,51 +222,51 @@
   <si>
     <t>Neigungswinkel</t>
   </si>
   <si>
     <t>23° nach oben;  5° nach unten</t>
   </si>
   <si>
     <t>VESA Norm</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
     <t>ENTHALTENES ZUBEHÖR</t>
   </si>
   <si>
     <t>Kabel</t>
   </si>
   <si>
     <t>Netz, USB, HDMI, DP</t>
   </si>
   <si>
     <t>Sonstiges</t>
   </si>
   <si>
-    <t>Leitfaden zur Inbetriebnahme, Sicherheits-Hinweise</t>
+    <t>Leitfaden zur Inbetriebnahme, Sicherheitshinweise</t>
   </si>
   <si>
     <t>STROMVERWALTUNG</t>
   </si>
   <si>
     <t>Netzteil</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stromversorgung</t>
   </si>
   <si>
     <t>AC 50 - 60V, 100/240Hz</t>
   </si>
   <si>
     <t>Leistungsaufnahme</t>
   </si>
   <si>
     <t>66W typisch, 0.5W Standby, 0.3W ausgeschaltet</t>
   </si>
   <si>
     <t>LEISTUNG</t>
   </si>