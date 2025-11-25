--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -183,51 +183,51 @@
   <si>
     <t>2 x 1W</t>
   </si>
   <si>
     <t>MECHANICKÉ ČÁSTI</t>
   </si>
   <si>
     <t>Úpravy polohy</t>
   </si>
   <si>
     <t>náklon</t>
   </si>
   <si>
     <t>Úhel náklonu</t>
   </si>
   <si>
     <t>60° nahoru; 45° dolů</t>
   </si>
   <si>
     <t>ZAHRNUTÉ PŘÍSLUŠENSTVÍ</t>
   </si>
   <si>
     <t>Kabely</t>
   </si>
   <si>
-    <t>napájecí (1.0m), USB-C (1.5m)</t>
+    <t>USB-C (1.5m)</t>
   </si>
   <si>
     <t>Ostatní</t>
   </si>
   <si>
     <t>uživatelský manuál, instrukce bezpečnosti</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Napájecí zdroj:</t>
   </si>
   <si>
     <t>interní</t>
   </si>
   <si>
     <t>Napájení</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Odběr energie:</t>
   </si>